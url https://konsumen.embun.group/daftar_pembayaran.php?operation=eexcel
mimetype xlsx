--- v0 (2025-12-23)
+++ v1 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
   <si>
     <t>Kd Penjualan</t>
   </si>
   <si>
     <t>Tgl Penjualan</t>
   </si>
   <si>
     <t>Nama Customer</t>
   </si>
   <si>
     <t>Nama Perumahan</t>
   </si>
   <si>
     <t>Kode Rumah</t>
   </si>
   <si>
     <t>Harga</t>
   </si>
   <si>
     <t>Nilai Pembayaran</t>
   </si>
   <si>
     <t>Sisa</t>
   </si>
   <si>
@@ -86,156 +86,159 @@
   <si>
     <t>18 Sep 2022</t>
   </si>
   <si>
     <t>SRI WAHYUNINGSIH ANDRIANI</t>
   </si>
   <si>
     <t>KAV-012</t>
   </si>
   <si>
     <t>415.000.000,00</t>
   </si>
   <si>
     <t>Penj-0003</t>
   </si>
   <si>
     <t>01 Mar 2023</t>
   </si>
   <si>
     <t>MUHAMMAD ZALFA ARYADIREZA</t>
   </si>
   <si>
     <t>KAV-016</t>
   </si>
   <si>
+    <t>464.000.000,00</t>
+  </si>
+  <si>
+    <t>270.960.000,00</t>
+  </si>
+  <si>
+    <t>267.440.000,00</t>
+  </si>
+  <si>
+    <t>Penj-0004</t>
+  </si>
+  <si>
+    <t>22 Mar 2023</t>
+  </si>
+  <si>
+    <t>RARA AMIATI</t>
+  </si>
+  <si>
+    <t>KAV-020</t>
+  </si>
+  <si>
     <t>359.000.000,00</t>
   </si>
   <si>
-    <t>210.890.000,00</t>
-[...16 lines deleted...]
-  <si>
     <t>231.500.000,00</t>
   </si>
   <si>
-    <t>127.500.000,00</t>
+    <t>306.900.000,00</t>
   </si>
   <si>
     <t>Penj-0005</t>
   </si>
   <si>
     <t>12 May 2023</t>
   </si>
   <si>
     <t>NURHANA</t>
   </si>
   <si>
     <t>KAV-002</t>
   </si>
   <si>
     <t>419.000.000,00</t>
   </si>
   <si>
-    <t>265.500.000,00</t>
-[...2 lines deleted...]
-    <t>153.500.000,00</t>
+    <t>279.500.000,00</t>
+  </si>
+  <si>
+    <t>292.150.000,00</t>
   </si>
   <si>
     <t>Penj-0006</t>
   </si>
   <si>
     <t>14 Jun 2023</t>
   </si>
   <si>
     <t>RIAM NURUSSILMAH</t>
   </si>
   <si>
     <t>KAV-004</t>
   </si>
   <si>
     <t>441.500.000,00</t>
   </si>
   <si>
     <t>407.750.000,00</t>
   </si>
   <si>
-    <t>33.750.000,00</t>
+    <t>254.500.000,00</t>
   </si>
   <si>
     <t>Penj-0007</t>
   </si>
   <si>
     <t>08 Sep 2023</t>
   </si>
   <si>
     <t>PRANANDA ERVAN HARYONO E</t>
   </si>
   <si>
     <t>KAV-005</t>
   </si>
   <si>
-    <t>241.130.009,00</t>
-[...2 lines deleted...]
-    <t>177.869.991,00</t>
+    <t>245.284.176,00</t>
+  </si>
+  <si>
+    <t>383.215.824,00</t>
   </si>
   <si>
     <t>Penj-0008</t>
   </si>
   <si>
     <t>13 Dec 2023</t>
   </si>
   <si>
     <t>SLAMET LASYONO</t>
   </si>
   <si>
     <t>KAV-009</t>
   </si>
   <si>
     <t>609.000.000,00</t>
   </si>
   <si>
     <t>269.100.000,00</t>
   </si>
   <si>
-    <t>339.900.000,00</t>
+    <t>432.900.000,00</t>
   </si>
   <si>
     <t>Penj-0009</t>
   </si>
   <si>
     <t>24 Dec 2023</t>
   </si>
   <si>
     <t>FIRMAN RAMADHAN</t>
   </si>
   <si>
     <t>KAV-008</t>
   </si>
   <si>
     <t>393.000.000,00</t>
   </si>
   <si>
     <t>26.000.000,00</t>
   </si>
   <si>
     <t>Penj-0010</t>
   </si>
   <si>
     <t>25 Dec 2023</t>
   </si>
@@ -248,138 +251,228 @@
   <si>
     <t>331.000.000,00</t>
   </si>
   <si>
     <t>28.000.000,00</t>
   </si>
   <si>
     <t>Penj-0011</t>
   </si>
   <si>
     <t>11 Jan 2024</t>
   </si>
   <si>
     <t>IBNU ADI</t>
   </si>
   <si>
     <t>KAV-006</t>
   </si>
   <si>
     <t>662.000.000,00</t>
   </si>
   <si>
     <t>265.996.000,00</t>
   </si>
   <si>
-    <t>396.004.000,00</t>
+    <t>727.004.000,00</t>
   </si>
   <si>
     <t>Penj-0013</t>
   </si>
   <si>
     <t>18 Mar 2024</t>
   </si>
   <si>
     <t>NANDA DELLA ALYDA</t>
   </si>
   <si>
     <t>KAV-021</t>
   </si>
   <si>
     <t>513.000.000,00</t>
   </si>
   <si>
-    <t>272.702.000,00</t>
-[...2 lines deleted...]
-    <t>240.298.000,00</t>
+    <t>292.076.000,00</t>
+  </si>
+  <si>
+    <t>400.474.000,00</t>
   </si>
   <si>
     <t>Penj-0014</t>
   </si>
   <si>
     <t>25 Mar 2024</t>
   </si>
   <si>
     <t>DEVI SEPTIANDINI</t>
   </si>
   <si>
     <t>KAV-010</t>
   </si>
   <si>
     <t>531.600.000,00</t>
   </si>
   <si>
     <t>169.175.000,00</t>
   </si>
   <si>
-    <t>362.425.000,00</t>
+    <t>-169.175.000,00</t>
   </si>
   <si>
     <t>Penj-0015</t>
   </si>
   <si>
     <t>05 May 2025</t>
   </si>
   <si>
     <t>KHAIRUNNISA</t>
   </si>
   <si>
     <t>KAV-017</t>
   </si>
   <si>
     <t>427.000.000,00</t>
   </si>
   <si>
-    <t>203.922.931,00</t>
-[...2 lines deleted...]
-    <t>223.077.069,00</t>
+    <t>208.769.064,00</t>
+  </si>
+  <si>
+    <t>426.459.704,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-06</t>
+  </si>
+  <si>
+    <t>19 Jan 2026</t>
+  </si>
+  <si>
+    <t>BUDI SUSANTO</t>
+  </si>
+  <si>
+    <t>BUKIT BENANGA</t>
+  </si>
+  <si>
+    <t>KAV-06</t>
+  </si>
+  <si>
+    <t>247.000.000,00</t>
+  </si>
+  <si>
+    <t>42.500.000,00</t>
+  </si>
+  <si>
+    <t>308.308.000,00</t>
   </si>
   <si>
     <t>Penj-BNG-18</t>
   </si>
   <si>
     <t>20 Sep 2025</t>
   </si>
   <si>
     <t>SUTARSIH ENDANG PRAMUATI</t>
   </si>
   <si>
-    <t>BUKIT BENANGA</t>
-[...1 lines deleted...]
-  <si>
     <t>KAV-18</t>
   </si>
   <si>
     <t>154.933.000,00</t>
   </si>
   <si>
-    <t>9.000.000,00</t>
-[...2 lines deleted...]
-    <t>145.933.000,00</t>
+    <t>14.500.000,00</t>
+  </si>
+  <si>
+    <t>237.500.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-33</t>
+  </si>
+  <si>
+    <t>29 Jan 2026</t>
+  </si>
+  <si>
+    <t>SANATIAH</t>
+  </si>
+  <si>
+    <t>KAV-3335</t>
+  </si>
+  <si>
+    <t>316.000.000,00</t>
+  </si>
+  <si>
+    <t>60.000.000,00</t>
+  </si>
+  <si>
+    <t>477.360.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-36</t>
+  </si>
+  <si>
+    <t>22 Jan 2026</t>
+  </si>
+  <si>
+    <t>INA DIRYANA. R</t>
+  </si>
+  <si>
+    <t>KAV-36</t>
+  </si>
+  <si>
+    <t>65.000.000,00</t>
+  </si>
+  <si>
+    <t>394.000.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-37</t>
+  </si>
+  <si>
+    <t>KAV-37</t>
+  </si>
+  <si>
+    <t>116.000.000,00</t>
+  </si>
+  <si>
+    <t>5.000.000,00</t>
+  </si>
+  <si>
+    <t>253.000.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-50</t>
+  </si>
+  <si>
+    <t>KASIH</t>
+  </si>
+  <si>
+    <t>KAV-50</t>
+  </si>
+  <si>
+    <t>126.000.000,00</t>
+  </si>
+  <si>
+    <t>271.000.000,00</t>
   </si>
   <si>
     <t>Penj-CJ-01</t>
   </si>
   <si>
     <t>15 Mar 2024</t>
   </si>
   <si>
     <t>BPK. IRFAN WIJAYA</t>
   </si>
   <si>
     <t>CLUSTER JELAWAT</t>
   </si>
   <si>
     <t>587.000.000,00</t>
   </si>
   <si>
     <t>492.917.500,00</t>
   </si>
   <si>
     <t>94.082.500,00</t>
   </si>
   <si>
     <t>Penj-CJ-02</t>
   </si>
@@ -395,120 +488,141 @@
   <si>
     <t>707.000.000,00</t>
   </si>
   <si>
     <t>507.400.000,00</t>
   </si>
   <si>
     <t>199.600.000,00</t>
   </si>
   <si>
     <t>Penj-CJ-03</t>
   </si>
   <si>
     <t>14 Oct 2024</t>
   </si>
   <si>
     <t>ARIANTO</t>
   </si>
   <si>
     <t>KAV17-18</t>
   </si>
   <si>
     <t>1.750.000.000,00</t>
   </si>
   <si>
-    <t>800.000.000,00</t>
-[...2 lines deleted...]
-    <t>950.000.000,00</t>
+    <t>1.000.000.000,00</t>
+  </si>
+  <si>
+    <t>1.170.000.000,00</t>
   </si>
   <si>
     <t>Penj-KON-005</t>
   </si>
   <si>
     <t>19 Oct 2025</t>
   </si>
   <si>
     <t>STEFANUS TOBI HAYON</t>
   </si>
   <si>
     <t>Pekerjaan Kontraktor</t>
   </si>
   <si>
     <t>R_KON_05</t>
   </si>
   <si>
     <t>205.200.000,00</t>
   </si>
   <si>
     <t>307.800.000,00</t>
   </si>
   <si>
     <t>PENJ-SR-02</t>
   </si>
   <si>
     <t>29 May 2024</t>
   </si>
   <si>
     <t>REZA FAHLEVI</t>
   </si>
   <si>
     <t>SALMAH RESIDENCE 2</t>
   </si>
   <si>
     <t>K-SR-002</t>
   </si>
   <si>
     <t>357.000.000,00</t>
   </si>
   <si>
-    <t>164.004.000,00</t>
-[...2 lines deleted...]
-    <t>192.996.000,00</t>
+    <t>171.338.000,00</t>
+  </si>
+  <si>
+    <t>383.702.000,00</t>
   </si>
   <si>
     <t>PENJ-SR-03</t>
   </si>
   <si>
     <t>29 Jun 2024</t>
   </si>
   <si>
     <t>ADE PRIMA SANDY</t>
   </si>
   <si>
     <t>K-SR-003</t>
   </si>
   <si>
-    <t>SUM = 10.704.033.000,00</t>
-[...5 lines deleted...]
-    <t>SUM = 4.146.845.560,00</t>
+    <t>PENJ-SR-04</t>
+  </si>
+  <si>
+    <t>23 Jul 2025</t>
+  </si>
+  <si>
+    <t>·RATNA. P</t>
+  </si>
+  <si>
+    <t>K-SR-001</t>
+  </si>
+  <si>
+    <t>401.000.000,00</t>
+  </si>
+  <si>
+    <t>180.000.000,00</t>
+  </si>
+  <si>
+    <t>221.000.000,00</t>
+  </si>
+  <si>
+    <t>SUM = 12.262.033.000,00</t>
+  </si>
+  <si>
+    <t>SUM = 7.229.965.740,00</t>
+  </si>
+  <si>
+    <t>SUM = 7.693.221.028,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -811,51 +925,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -950,515 +1064,671 @@
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D17" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="E17" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
       <c r="F17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D18" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="E18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D19" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="E19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F19" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="G19" t="s">
         <v>127</v>
       </c>
       <c r="H19" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>129</v>
       </c>
       <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" t="s">
+        <v>104</v>
+      </c>
+      <c r="E20" t="s">
         <v>130</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F20" t="s">
         <v>131</v>
       </c>
-      <c r="D20" t="s">
+      <c r="G20" t="s">
         <v>132</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" t="s">
+        <v>135</v>
+      </c>
+      <c r="D21" t="s">
+        <v>104</v>
+      </c>
+      <c r="E21" t="s">
         <v>136</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F21" t="s">
         <v>137</v>
       </c>
-      <c r="C21" t="s">
+      <c r="G21" t="s">
+        <v>132</v>
+      </c>
+      <c r="H21" t="s">
         <v>138</v>
-      </c>
-[...13 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>141</v>
+      </c>
+      <c r="D22" t="s">
+        <v>142</v>
+      </c>
+      <c r="E22" t="s">
+        <v>57</v>
+      </c>
+      <c r="F22" t="s">
+        <v>143</v>
+      </c>
+      <c r="G22" t="s">
         <v>144</v>
       </c>
-      <c r="B22" t="s">
+      <c r="H22" t="s">
         <v>145</v>
       </c>
-      <c r="C22" t="s">
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
         <v>146</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="B23" t="s">
         <v>147</v>
       </c>
-      <c r="F22" t="s">
-[...5 lines deleted...]
-      <c r="H22" t="s">
+      <c r="C23" t="s">
+        <v>148</v>
+      </c>
+      <c r="D23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" t="s">
+        <v>149</v>
+      </c>
+      <c r="F23" t="s">
+        <v>150</v>
+      </c>
+      <c r="G23" t="s">
+        <v>151</v>
+      </c>
+      <c r="H23" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" t="s">
+        <v>155</v>
+      </c>
+      <c r="D24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E24" t="s">
+        <v>156</v>
+      </c>
+      <c r="F24" t="s">
+        <v>157</v>
+      </c>
+      <c r="G24" t="s">
+        <v>158</v>
+      </c>
+      <c r="H24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>162</v>
+      </c>
+      <c r="D25" t="s">
+        <v>163</v>
+      </c>
+      <c r="E25" t="s">
+        <v>164</v>
+      </c>
+      <c r="F25" t="s">
+        <v>84</v>
+      </c>
+      <c r="G25" t="s">
+        <v>165</v>
+      </c>
+      <c r="H25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>169</v>
+      </c>
+      <c r="D26" t="s">
+        <v>170</v>
+      </c>
+      <c r="E26" t="s">
+        <v>171</v>
+      </c>
+      <c r="F26" t="s">
+        <v>172</v>
+      </c>
+      <c r="G26" t="s">
+        <v>173</v>
+      </c>
+      <c r="H26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>175</v>
+      </c>
+      <c r="B27" t="s">
+        <v>176</v>
+      </c>
+      <c r="C27" t="s">
+        <v>177</v>
+      </c>
+      <c r="D27" t="s">
+        <v>170</v>
+      </c>
+      <c r="E27" t="s">
+        <v>178</v>
+      </c>
+      <c r="F27" t="s">
+        <v>172</v>
+      </c>
+      <c r="G27" t="s">
+        <v>172</v>
+      </c>
+      <c r="H27" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="23" spans="1:8">
-[...12 lines deleted...]
-        <v>150</v>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>181</v>
+      </c>
+      <c r="D28" t="s">
+        <v>170</v>
+      </c>
+      <c r="E28" t="s">
+        <v>182</v>
+      </c>
+      <c r="F28" t="s">
+        <v>183</v>
+      </c>
+      <c r="G28" t="s">
+        <v>184</v>
+      </c>
+      <c r="H28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29"/>
+      <c r="B29"/>
+      <c r="C29"/>
+      <c r="D29"/>
+      <c r="E29"/>
+      <c r="F29" t="s">
+        <v>186</v>
+      </c>
+      <c r="G29" t="s">
+        <v>187</v>
+      </c>
+      <c r="H29" t="s">
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">